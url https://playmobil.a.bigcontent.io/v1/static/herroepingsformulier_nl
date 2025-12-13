--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="webp" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-201"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9396"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B559D" w:rsidTr="002B559D">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9396" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="002B559D" w:rsidRPr="00CC2B5C" w:rsidRDefault="00CC2B5C" w:rsidP="00CC2B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4005"/>
@@ -423,122 +423,140 @@
           <w:rFonts w:ascii="GFNHSQ+Times-Roman" w:hAnsi="GFNHSQ+Times-Roman" w:cs="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>Europe</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2B5C" w:rsidRDefault="00CC2B5C" w:rsidP="00CC2B5C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541828">
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>Consumentenafdeling</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00CC2B5C" w:rsidRDefault="004A1896" w:rsidP="00CC2B5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>Hiridostraat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00CC2B5C" w:rsidRDefault="00CC2B5C" w:rsidP="00CC2B5C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00541828">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>1101 C</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1896">
+        <w:rPr>
+          <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amsterdam  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2B5C" w:rsidRDefault="00CC2B5C" w:rsidP="00CC2B5C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">1101 CD Amsterdam  </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>Nederland</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2B5C" w:rsidRPr="002B559D" w:rsidRDefault="00CC2B5C" w:rsidP="00CC2B5C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00C6392C" w:rsidRPr="00CC2B5C" w:rsidRDefault="00CC2B5C" w:rsidP="00C6392C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541828">
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>Ik</w:t>
       </w:r>
       <w:r w:rsidRPr="00541828">
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1704,134 +1722,134 @@
         </w:rPr>
         <w:t>Nederland</w:t>
       </w:r>
       <w:r w:rsidR="00CC2B5C" w:rsidRPr="00F01F3F">
         <w:rPr>
           <w:rFonts w:ascii="GFNHSQ+Times-Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C6392C" w:rsidRPr="00F01F3F" w:rsidSect="002B559D">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="144" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002B559D" w:rsidRDefault="002B559D" w:rsidP="002B559D">
+    <w:p w:rsidR="009F42A4" w:rsidRDefault="009F42A4" w:rsidP="002B559D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002B559D" w:rsidRDefault="002B559D" w:rsidP="002B559D">
+    <w:p w:rsidR="009F42A4" w:rsidRDefault="009F42A4" w:rsidP="002B559D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="GFNHSQ+Times-Roman">
     <w:altName w:val="Tahoma"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="01010101" w:usb2="01010101" w:usb3="01010101" w:csb0="01010101" w:csb1="01010101"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002B559D" w:rsidRDefault="002B559D" w:rsidP="002B559D">
+    <w:p w:rsidR="009F42A4" w:rsidRDefault="009F42A4" w:rsidP="002B559D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002B559D" w:rsidRDefault="002B559D" w:rsidP="002B559D">
+    <w:p w:rsidR="009F42A4" w:rsidRDefault="009F42A4" w:rsidP="002B559D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002B559D" w:rsidRDefault="002B559D" w:rsidP="002B559D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E20E30B" wp14:editId="6EB2E141">
           <wp:extent cx="1747401" cy="476885"/>
           <wp:effectExtent l="0" t="0" r="5715" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Playmobil_logo.webp"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1844,130 +1862,134 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1918717" cy="523639"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C6392C"/>
     <w:rsid w:val="002B559D"/>
     <w:rsid w:val="003E66E8"/>
+    <w:rsid w:val="004A1896"/>
     <w:rsid w:val="005D51B2"/>
     <w:rsid w:val="00843240"/>
+    <w:rsid w:val="009F42A4"/>
     <w:rsid w:val="00C6392C"/>
     <w:rsid w:val="00CC2B5C"/>
     <w:rsid w:val="00F01F3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="630EFA70"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="79C250B9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A796D0A1-2464-4CF5-96C4-16FA2B77D496}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2029,98 +2051,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2295,50 +2314,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2394,51 +2417,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002B559D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002B559D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.webp"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -2674,69 +2697,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>173</Words>
-  <Characters>991</Characters>
+  <Words>179</Words>
+  <Characters>986</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>geobra Brandstaetter Stiftung &amp; Co. KG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1162</CharactersWithSpaces>
+  <CharactersWithSpaces>1163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Shahab Ahmadi Pour</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>